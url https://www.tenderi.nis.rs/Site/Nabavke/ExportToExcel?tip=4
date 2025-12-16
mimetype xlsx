--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -1,229 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae33e6fbbb842e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d36cc53a74614695a53caa4bedcfc5e4.psmdcp" Id="Rb6a2f1830ac64d86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086dc734294c4be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11f48ff6906745a8b36a0d7d88b1a3fd.psmdcp" Id="R7cfd0e2beecd4f6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nepokretnosti.xlsx" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <x:si>
     <x:t>Назив непокретности</x:t>
   </x:si>
   <x:si>
     <x:t>Место</x:t>
   </x:si>
   <x:si>
     <x:t>Врста непокретности</x:t>
   </x:si>
   <x:si>
     <x:t>Обавештења</x:t>
   </x:si>
   <x:si>
+    <x:t>Земљиште у Банатском Аранђелову_КП 2298-1 К.О. Банатско Аранђелово</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Нови Кнежевац</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Остало</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Банатском Аранђелову - КП 2300 К.О. Банатско Аранђелово</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Банатском Аранђелову_КП 2299/2 К.О.Банатско Аранђелово</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Зајечару -КП  2143/52 K.O.Грљан</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Зајечар</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Зрењанину_КП 1043 и 1042/3 К.О.Јанков Мост</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Зрењанин</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Зрењанину_КП 1044/3 К.О.Јанков Мост</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Великој Греди_КП 1176/3 и 354/2 К.О.Велика Греда</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Пландиште</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Великој Греди_КП 1176/2 К.О.Велика Греда</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Великој Греди_КП 1229/3 К.О.Велика Греда</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Војки - КП 1102 К.О. Војка</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Стара Пазова</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Банатском Карађорђеву - КП 1678/86 К.О. Банатско Карађорђево</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Житиште</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Панчеву_КП 13333-1 К.О.Панчево</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Панчево</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Стан у Зрењанину_Раде у Кончара 24/19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Стан</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Чачку_КП 6128/5 К.О.Чачак</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Чачак</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Бору_КП 270 К.О.Бор 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Бор</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште у Зајечару_КП 6594/2  К.О.Зајечар</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Земљиште Вуковац_КП 3456/4 К.О.Вуковац</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Жагубица</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Стовариште Кула</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Кула</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Бензинска станица Гугаљ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Пожега</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Стовaриште Вршaц</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Вршац</x:t>
+  </x:si>
+  <x:si>
+    <x:t>стaн у Књaжевцу, Брaнкa Рaдичевићa 10/20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Књажевац</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Парцеле у Бугарској</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Бугарска</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КП 2938/2 К.О. Петроварадин</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Нови Сад</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Комплекс стоваришта Петроварадин</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Комплекс стовариште Пожаревац</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Пожаревац</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Комплекс стоваришта Јагодина</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Јагодина</x:t>
+  </x:si>
+  <x:si>
     <x:t>Земљиште у Дебељачи</x:t>
   </x:si>
   <x:si>
     <x:t>Ковачица</x:t>
-  </x:si>
-[...151 lines deleted...]
-    <x:t>Јагодина</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -246,52 +231,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="nepokretnosti.xlsx" displayName="nepokretnosti.xlsx" ref="A1:D31" totalsRowShown="0">
-  <x:autoFilter ref="A1:D31"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="nepokretnosti.xlsx" displayName="nepokretnosti.xlsx" ref="A1:D28" totalsRowShown="0">
+  <x:autoFilter ref="A1:D28"/>
   <x:tableColumns count="4">
     <x:tableColumn id="1" name="Назив непокретности"/>
     <x:tableColumn id="2" name="Место"/>
     <x:tableColumn id="3" name="Врста непокретности"/>
     <x:tableColumn id="4" name="Обавештења"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -549,403 +534,370 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D31"/>
+  <x:dimension ref="A1:D28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="71.510625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.850625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="23.415425" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.205425" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:4">
       <x:c r="A4" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
         <x:v>10</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
         <x:v>15</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="B25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>6</x:v>
-[...31 lines deleted...]
-      <x:c r="C31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nepokretnosti.xlsx</vt:lpstr>
       <vt:lpstr>nepokretnosti.xlsx!Print_Area</vt:lpstr>
       <vt:lpstr>nepokretnosti.xlsx!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>