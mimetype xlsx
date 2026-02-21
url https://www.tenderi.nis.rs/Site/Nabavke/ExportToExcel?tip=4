--- v1 (2025-12-16)
+++ v2 (2026-02-21)
@@ -1,79 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086dc734294c4be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11f48ff6906745a8b36a0d7d88b1a3fd.psmdcp" Id="R7cfd0e2beecd4f6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef52aa5561a4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/962d811070144991b6b4d127da1c54e2.psmdcp" Id="R71a86894172344a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="nepokretnosti.xlsx" sheetId="2" r:id="rId2"/>
+    <x:sheet name="nepokretnosti.xlsx" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Назив непокретности</x:t>
   </x:si>
   <x:si>
     <x:t>Место</x:t>
   </x:si>
   <x:si>
     <x:t>Врста непокретности</x:t>
   </x:si>
   <x:si>
     <x:t>Обавештења</x:t>
   </x:si>
   <x:si>
     <x:t>Земљиште у Банатском Аранђелову_КП 2298-1 К.О. Банатско Аранђелово</x:t>
   </x:si>
   <x:si>
     <x:t>Нови Кнежевац</x:t>
   </x:si>
   <x:si>
     <x:t>Остало</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>Земљиште у Банатском Аранђелову - КП 2300 К.О. Банатско Аранђелово</x:t>
   </x:si>
   <x:si>
     <x:t>Земљиште у Банатском Аранђелову_КП 2299/2 К.О.Банатско Аранђелово</x:t>
   </x:si>
   <x:si>
     <x:t>Земљиште у Зајечару -КП  2143/52 K.O.Грљан</x:t>
   </x:si>
   <x:si>
     <x:t>Зајечар</x:t>
   </x:si>
   <x:si>
     <x:t>Земљиште у Зрењанину_КП 1043 и 1042/3 К.О.Јанков Мост</x:t>
   </x:si>
   <x:si>
     <x:t>Зрењанин</x:t>
   </x:si>
   <x:si>
     <x:t>Земљиште у Зрењанину_КП 1044/3 К.О.Јанков Мост</x:t>
   </x:si>
   <x:si>
     <x:t>Земљиште у Великој Греди_КП 1176/3 и 354/2 К.О.Велика Греда</x:t>
   </x:si>
@@ -231,51 +234,51 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="nepokretnosti.xlsx" displayName="nepokretnosti.xlsx" ref="A1:D28" totalsRowShown="0">
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D28" totalsRowShown="0">
   <x:autoFilter ref="A1:D28"/>
   <x:tableColumns count="4">
     <x:tableColumn id="1" name="Назив непокретности"/>
     <x:tableColumn id="2" name="Место"/>
     <x:tableColumn id="3" name="Врста непокретности"/>
     <x:tableColumn id="4" name="Обавештења"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -530,375 +533,456 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="71.510625" style="0" customWidth="1"/>
-[...2 lines deleted...]
-    <x:col min="4" max="4" width="16.205425" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="74.567768" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="23.139196" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="D2" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="D3" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
     </x:row>
     <x:row r="4" spans="1:4">
       <x:c r="A4" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="D4" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="B7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="B9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="B25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nepokretnosti.xlsx</vt:lpstr>
       <vt:lpstr>nepokretnosti.xlsx!Print_Area</vt:lpstr>
       <vt:lpstr>nepokretnosti.xlsx!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">