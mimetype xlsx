--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1,217 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e37ec324294f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1de0053aff334ebf8e4746a073a167df.psmdcp" Id="Rc24add739f4c46e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf48b60fe00eb467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65ecb19ab5114fca9dd5d38128e094ac.psmdcp" Id="Rf9bc5ef2bad0470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="aukcije.xlsx" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Број аукције</x:t>
   </x:si>
   <x:si>
     <x:t>Статус</x:t>
   </x:si>
   <x:si>
     <x:t>Назив аукције</x:t>
   </x:si>
   <x:si>
     <x:t>Наручилац</x:t>
   </x:si>
   <x:si>
     <x:t>Почетак пријема понуда</x:t>
   </x:si>
   <x:si>
     <x:t>Рок за достављање понуда</x:t>
   </x:si>
   <x:si>
     <x:t>Ажуриран рок за достављање понуда</x:t>
   </x:si>
   <x:si>
     <x:t>Место /локација извођења радова/ испоруке робе</x:t>
   </x:si>
   <x:si>
     <x:t>Врста набавке</x:t>
   </x:si>
   <x:si>
     <x:t>Категорија производа</x:t>
   </x:si>
   <x:si>
     <x:t>Обавештења</x:t>
   </x:si>
   <x:si>
-    <x:t>Активно</x:t>
+    <x:t>Завршено</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-027/2025 Aукција за продају Неопасног отпада (двогодишњи уговор), зависног друштва „НАФТАГАС  Нафтни сервиси“ д.о.о. Нови Сад</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.10.29 16:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.11.07 12:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-026/2025 Аукција за продају непокретности  у НИС а.д. Нови Сад</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.10.29 12:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A-025/2025 Аукција за продају непокретности  у НИС а.д. Нови Сад</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.10.22 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>A-024/2025 Aукција за продају Неопасног отпада (двогодишњи уговор), зависног друштва „НАФТАГАС  Нафтни сервиси“ д.о.о. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.20 9:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.24 12:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Завршено</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>A-022/2025 Аукција за продају непокретности  у НИС а.д. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2025.09.19 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.17 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>A-021/2025 Аукција за продају непокретности  у НИС а.д. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2025.08.29 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.09.12 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>A-022/2025 Аукција за продају Шкарт тубинга (метални отпад) зависног друштва "НАФТАГАС Нафтни сервиси" д.о.о. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2025.08.22 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>Обавештење о резултатима Аукцијске продаје</x:t>
   </x:si>
   <x:si>
     <x:t>A-020/2025 Аукција за продају непокретности  у НИС а.д. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2025.07.09 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.08.01 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>A-019/2025 Аукција за продају возила, Блока Промет</x:t>
   </x:si>
   <x:si>
     <x:t>2025.07.02 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.07.11 12:00</x:t>
   </x:si>
   <x:si>
-    <x:t>A-018/2025 Аукција за продају возила, Блока Промет</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>A-017/2025 Аукција за продају непокретности  у НИС а.д. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2025.05.27 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.06.27 12:00</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>2025.04.25 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>Отказано</x:t>
   </x:si>
   <x:si>
     <x:t>A-002/2019 аукција за продају неликвидне  имовине зависног друштва Нафтагас-Нафтни сервиси д.о.о. Нови Сад у НИС а.д. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2019.01.21 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>2019.01.28 12:00</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -246,52 +207,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="aukcije.xlsx" displayName="aukcije.xlsx" ref="A1:K16" totalsRowShown="0">
-  <x:autoFilter ref="A1:K16"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="aukcije.xlsx" displayName="aukcije.xlsx" ref="A1:K12" totalsRowShown="0">
+  <x:autoFilter ref="A1:K12"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="Број аукције"/>
     <x:tableColumn id="2" name="Статус"/>
     <x:tableColumn id="3" name="Назив аукције"/>
     <x:tableColumn id="4" name="Наручилац"/>
     <x:tableColumn id="5" name="Почетак пријема понуда"/>
     <x:tableColumn id="6" name="Рок за достављање понуда"/>
     <x:tableColumn id="7" name="Ажуриран рок за достављање понуда"/>
     <x:tableColumn id="8" name="Место /локација извођења радова/ испоруке робе"/>
     <x:tableColumn id="9" name="Врста набавке"/>
     <x:tableColumn id="10" name="Категорија производа"/>
     <x:tableColumn id="11" name="Обавештења"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -556,51 +517,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K16"/>
+  <x:dimension ref="A1:K12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.685425" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.185425" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="123.630625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="14.245425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="26.555425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.785425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="38.345425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.125425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="24.195425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="43.480625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -612,328 +573,239 @@
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0" t="n">
-        <x:v>46803</x:v>
+        <x:v>46832</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0" t="n">
-        <x:v>46688</x:v>
+        <x:v>46831</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="s">
+      <x:c r="E3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="E3" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0" t="n">
-        <x:v>46521</x:v>
+        <x:v>46807</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0" t="n">
-        <x:v>46534</x:v>
+        <x:v>46803</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0" t="n">
-        <x:v>46332</x:v>
+        <x:v>46688</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0" t="n">
-        <x:v>45297</x:v>
+        <x:v>46521</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0" t="n">
-        <x:v>45118</x:v>
+        <x:v>46534</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0" t="n">
-        <x:v>45100</x:v>
+        <x:v>46332</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
-        <x:v>45048</x:v>
+        <x:v>45297</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
-        <x:v>45049</x:v>
+        <x:v>45100</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
-        <x:v>45002</x:v>
+        <x:v>19874</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...78 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>aukcije.xlsx</vt:lpstr>
       <vt:lpstr>aukcije.xlsx!Print_Area</vt:lpstr>
       <vt:lpstr>aukcije.xlsx!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">