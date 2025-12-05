--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -1,136 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83ec6bf7842459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61abac6102d74298ad64fb735c0d27e0.psmdcp" Id="R15472500b98a4e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4498d650816e4569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74858fdff3d64ea5a9a62b5f10873e2c.psmdcp" Id="R115a530238fa4b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kvalifikacije.xlsx" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <x:si>
     <x:t>Број клавалификације</x:t>
   </x:si>
   <x:si>
     <x:t>Статус</x:t>
   </x:si>
   <x:si>
     <x:t>Назив квалификације</x:t>
   </x:si>
   <x:si>
     <x:t>Наручилац</x:t>
   </x:si>
   <x:si>
     <x:t>Почетак пријема пријава</x:t>
   </x:si>
   <x:si>
     <x:t>Рок за достављање пријава прве етапе</x:t>
   </x:si>
   <x:si>
     <x:t>Рок за достављање пријава друге етапе</x:t>
   </x:si>
   <x:si>
     <x:t>Место /локација извођења радова/ испоруке робе</x:t>
   </x:si>
   <x:si>
     <x:t>Врста набавке</x:t>
   </x:si>
   <x:si>
     <x:t>Категорија производа</x:t>
   </x:si>
   <x:si>
     <x:t>Обавештења</x:t>
   </x:si>
   <x:si>
+    <x:t>Завршено</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Храна и пиће за потребе ресторана НИС ПЕТРОЛ а.д. Београд</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НИС Петрол а.д. Београд</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.10.02 13:45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.10.23 16:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.10.24 16:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Република Србија</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Материјали</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Храна и Пиће</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ажурирано</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Materials for a permanent sealing of the target interval in wellbore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Нафтагас Нафтни сервиси д.о.о.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.09.17 12:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.11.03 16:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2050.12.31 16:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Хемија</x:t>
+  </x:si>
+  <x:si>
     <x:t>Активно</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>Хемија</x:t>
   </x:si>
   <x:si>
     <x:t>Блок састав и олакшани радни флуид</x:t>
   </x:si>
   <x:si>
     <x:t>НТЦ НИС-Нафтагас д.о.о. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2025.09.16 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.01 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>Северна Србија</x:t>
   </x:si>
   <x:si>
     <x:t>Набавнка ерупционих уређаја</x:t>
   </x:si>
   <x:si>
     <x:t>Блок Истраживање и производња</x:t>
   </x:si>
   <x:si>
     <x:t>2025.08.01 16:00</x:t>
   </x:si>
@@ -834,779 +840,779 @@
       </x:c>
       <x:c r="K1" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0" t="n">
         <x:v>46753</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0" t="n">
         <x:v>46680</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0" t="n">
         <x:v>46673</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I4" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0" t="n">
         <x:v>46470</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0" t="n">
         <x:v>46461</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H6" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0" t="n">
         <x:v>45014</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0" t="n">
         <x:v>45013</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0" t="n">
         <x:v>44980</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>44891</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>44726</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>44139</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0" t="n">
         <x:v>43838</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0" t="n">
         <x:v>44727</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>41946</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0" t="n">
         <x:v>41513</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K16" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0" t="n">
         <x:v>41259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0" t="n">
         <x:v>40559</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I18" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>40338</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0" t="n">
         <x:v>40258</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0" t="n">
         <x:v>39909</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0" t="n">
         <x:v>26912</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0" t="n">
         <x:v>21871</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0" t="n">
         <x:v>18324</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>kvalifikacije.xlsx</vt:lpstr>
       <vt:lpstr>kvalifikacije.xlsx!Print_Area</vt:lpstr>
       <vt:lpstr>kvalifikacije.xlsx!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">