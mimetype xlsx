--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4498d650816e4569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74858fdff3d64ea5a9a62b5f10873e2c.psmdcp" Id="R115a530238fa4b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262b9ba3ad9f4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23b71090703f4ddcabb96c2fd7c2a1fc.psmdcp" Id="R04d76132c1694081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="kvalifikacije.xlsx" sheetId="2" r:id="rId2"/>
+    <x:sheet name="kvalifikacije.xlsx" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Број клавалификације</x:t>
   </x:si>
   <x:si>
     <x:t>Статус</x:t>
   </x:si>
   <x:si>
     <x:t>Назив квалификације</x:t>
   </x:si>
   <x:si>
     <x:t>Наручилац</x:t>
   </x:si>
   <x:si>
     <x:t>Почетак пријема пријава</x:t>
   </x:si>
   <x:si>
     <x:t>Рок за достављање пријава прве етапе</x:t>
   </x:si>
   <x:si>
     <x:t>Рок за достављање пријава друге етапе</x:t>
   </x:si>
   <x:si>
     <x:t>Место /локација извођења радова/ испоруке робе</x:t>
   </x:si>
   <x:si>
@@ -69,50 +69,53 @@
     <x:t>Завршено</x:t>
   </x:si>
   <x:si>
     <x:t>Храна и пиће за потребе ресторана НИС ПЕТРОЛ а.д. Београд</x:t>
   </x:si>
   <x:si>
     <x:t>НИС Петрол а.д. Београд</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.02 13:45</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.23 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.24 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>Република Србија</x:t>
   </x:si>
   <x:si>
     <x:t>Материјали</x:t>
   </x:si>
   <x:si>
     <x:t>Храна и Пиће</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>Ажурирано</x:t>
   </x:si>
   <x:si>
     <x:t>Materials for a permanent sealing of the target interval in wellbore</x:t>
   </x:si>
   <x:si>
     <x:t>Нафтагас Нафтни сервиси д.о.о.</x:t>
   </x:si>
   <x:si>
     <x:t>2025.09.17 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.11.03 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2050.12.31 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>Хемија</x:t>
   </x:si>
   <x:si>
     <x:t>Активно</x:t>
   </x:si>
@@ -456,51 +459,51 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="kvalifikacije.xlsx" displayName="kvalifikacije.xlsx" ref="A1:K24" totalsRowShown="0">
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:K24" totalsRowShown="0">
   <x:autoFilter ref="A1:K24"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="Број клавалификације"/>
     <x:tableColumn id="2" name="Статус"/>
     <x:tableColumn id="3" name="Назив квалификације"/>
     <x:tableColumn id="4" name="Наручилац"/>
     <x:tableColumn id="5" name="Почетак пријема пријава"/>
     <x:tableColumn id="6" name="Рок за достављање пријава прве етапе"/>
     <x:tableColumn id="7" name="Рок за достављање пријава друге етапе"/>
     <x:tableColumn id="8" name="Место /локација извођења радова/ испоруке робе"/>
     <x:tableColumn id="9" name="Врста набавке"/>
     <x:tableColumn id="10" name="Категорија производа"/>
     <x:tableColumn id="11" name="Обавештења"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -762,857 +765,911 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="24.455425" style="0" customWidth="1"/>
-[...9 lines deleted...]
-    <x:col min="11" max="11" width="47.800625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="23.996339" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.567768" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="137.853482" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="63.567768" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="26.996339" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="39.996339" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="40.710625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="51.567768" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="16.567768" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="68.282054" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="49.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
-      <x:c r="A2" s="0" t="n">
+      <x:c r="A2" s="0">
         <x:v>46753</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
+      <x:c r="K2" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
-      <x:c r="A3" s="0" t="n">
+      <x:c r="A3" s="0">
         <x:v>46680</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K3" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:11">
+      <x:c r="A4" s="0">
+        <x:v>46673</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...21 lines deleted...]
-      </x:c>
       <x:c r="H4" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K4" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
-      <x:c r="A5" s="0" t="n">
+      <x:c r="A5" s="0">
         <x:v>46470</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K5" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:11">
+      <x:c r="A6" s="0">
+        <x:v>46461</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...21 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="K6" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
-      <x:c r="A7" s="0" t="n">
+      <x:c r="A7" s="0">
         <x:v>45014</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K7" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
-      <x:c r="A8" s="0" t="n">
+      <x:c r="A8" s="0">
         <x:v>45013</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K8" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
-      <x:c r="A9" s="0" t="n">
+      <x:c r="A9" s="0">
         <x:v>44980</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
-      <x:c r="A10" s="0" t="n">
+      <x:c r="A10" s="0">
         <x:v>44891</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
-      <x:c r="A11" s="0" t="n">
+      <x:c r="A11" s="0">
         <x:v>44726</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
-      <x:c r="A12" s="0" t="n">
+      <x:c r="A12" s="0">
         <x:v>44139</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
-      <x:c r="A13" s="0" t="n">
+      <x:c r="A13" s="0">
         <x:v>43838</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K13" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
-      <x:c r="A14" s="0" t="n">
+      <x:c r="A14" s="0">
         <x:v>44727</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
-      <x:c r="A15" s="0" t="n">
+      <x:c r="A15" s="0">
         <x:v>41946</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:11">
+      <x:c r="A16" s="0">
+        <x:v>41513</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:11">
+      <x:c r="A17" s="0">
+        <x:v>41259</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...56 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
-      <x:c r="A18" s="0" t="n">
+      <x:c r="A18" s="0">
         <x:v>40559</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="K18" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
-      <x:c r="A19" s="0" t="n">
+      <x:c r="A19" s="0">
         <x:v>40338</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="K19" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
-      <x:c r="A20" s="0" t="n">
+      <x:c r="A20" s="0">
         <x:v>40258</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
-      <x:c r="A21" s="0" t="n">
+      <x:c r="A21" s="0">
         <x:v>39909</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
-      <x:c r="A22" s="0" t="n">
+      <x:c r="A22" s="0">
         <x:v>26912</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
-      <x:c r="A23" s="0" t="n">
+      <x:c r="A23" s="0">
         <x:v>21871</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="K23" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
-      <x:c r="A24" s="0" t="n">
+      <x:c r="A24" s="0">
         <x:v>18324</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>kvalifikacije.xlsx</vt:lpstr>
       <vt:lpstr>kvalifikacije.xlsx!Print_Area</vt:lpstr>
       <vt:lpstr>kvalifikacije.xlsx!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">