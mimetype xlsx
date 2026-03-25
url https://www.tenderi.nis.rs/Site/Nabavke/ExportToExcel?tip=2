--- v2 (2026-02-04)
+++ v3 (2026-03-25)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262b9ba3ad9f4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23b71090703f4ddcabb96c2fd7c2a1fc.psmdcp" Id="R04d76132c1694081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32d5536bd10d4e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/183fbb61912940229f78ce34523f2d2a.psmdcp" Id="R189814c60d9542c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kvalifikacije.xlsx" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Број клавалификације</x:t>
   </x:si>
   <x:si>
     <x:t>Статус</x:t>
   </x:si>
   <x:si>
@@ -44,123 +44,139 @@
   <x:si>
     <x:t>Наручилац</x:t>
   </x:si>
   <x:si>
     <x:t>Почетак пријема пријава</x:t>
   </x:si>
   <x:si>
     <x:t>Рок за достављање пријава прве етапе</x:t>
   </x:si>
   <x:si>
     <x:t>Рок за достављање пријава друге етапе</x:t>
   </x:si>
   <x:si>
     <x:t>Место /локација извођења радова/ испоруке робе</x:t>
   </x:si>
   <x:si>
     <x:t>Врста набавке</x:t>
   </x:si>
   <x:si>
     <x:t>Категорија производа</x:t>
   </x:si>
   <x:si>
     <x:t>Обавештења</x:t>
   </x:si>
   <x:si>
+    <x:t>Активно</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Квалификациони поступак за набавку хемикалија за хидрауличко фрактурирање
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Блок Истраживање и производња</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026.02.24 13:30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026.05.05 16:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099.12.31 13:29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Република Србија</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Материјали</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Хемикалије за бушотине</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>Завршено</x:t>
   </x:si>
   <x:si>
     <x:t>Храна и пиће за потребе ресторана НИС ПЕТРОЛ а.д. Београд</x:t>
   </x:si>
   <x:si>
     <x:t>НИС Петрол а.д. Београд</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.02 13:45</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.23 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.24 16:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Република Србија</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Храна и Пиће</x:t>
   </x:si>
   <x:si>
-    <x:t/>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ажурирано</x:t>
   </x:si>
   <x:si>
     <x:t>Materials for a permanent sealing of the target interval in wellbore</x:t>
   </x:si>
   <x:si>
     <x:t>Нафтагас Нафтни сервиси д.о.о.</x:t>
   </x:si>
   <x:si>
     <x:t>2025.09.17 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.11.03 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2050.12.31 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>Хемија</x:t>
   </x:si>
   <x:si>
-    <x:t>Активно</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Блок састав и олакшани радни флуид</x:t>
   </x:si>
   <x:si>
     <x:t>НТЦ НИС-Нафтагас д.о.о. Нови Сад</x:t>
   </x:si>
   <x:si>
     <x:t>2025.09.16 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.10.01 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>Северна Србија</x:t>
   </x:si>
   <x:si>
     <x:t>Набавнка ерупционих уређаја</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Блок Истраживање и производња</x:t>
   </x:si>
   <x:si>
     <x:t>2025.08.01 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.08.31 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.12.31 16:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Надземна Опрема </x:t>
   </x:si>
   <x:si>
     <x:t>Beam Pump Variable Speeds Drive and Controller</x:t>
   </x:si>
   <x:si>
     <x:t>2025.07.30 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>2025.08.07 16:00</x:t>
   </x:si>
   <x:si>
     <x:t>Електронска Мерно Регулациона Опрема</x:t>
   </x:si>
@@ -443,68 +459,72 @@
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="1">
+  <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:K24" totalsRowShown="0">
-  <x:autoFilter ref="A1:K24"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:K25" totalsRowShown="0">
+  <x:autoFilter ref="A1:K25"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="Број клавалификације"/>
     <x:tableColumn id="2" name="Статус"/>
     <x:tableColumn id="3" name="Назив квалификације"/>
     <x:tableColumn id="4" name="Наручилац"/>
     <x:tableColumn id="5" name="Почетак пријема пријава"/>
     <x:tableColumn id="6" name="Рок за достављање пријава прве етапе"/>
     <x:tableColumn id="7" name="Рок за достављање пријава друге етапе"/>
     <x:tableColumn id="8" name="Место /локација извођења радова/ испоруке робе"/>
     <x:tableColumn id="9" name="Врста набавке"/>
     <x:tableColumn id="10" name="Категорија производа"/>
     <x:tableColumn id="11" name="Обавештења"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -769,51 +789,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K24"/>
+  <x:dimension ref="A1:K25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="137.853482" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="63.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="26.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="40.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="51.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.567768" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="68.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="49.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -825,851 +845,886 @@
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0">
-        <x:v>46753</x:v>
+        <x:v>47368</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="C2" s="0" t="s">
+      <x:c r="C2" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K2" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0">
-        <x:v>46680</x:v>
+        <x:v>46753</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0">
-        <x:v>46673</x:v>
+        <x:v>46680</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K4" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0">
-        <x:v>46470</x:v>
+        <x:v>46673</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0">
-        <x:v>46461</x:v>
+        <x:v>46470</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0">
-        <x:v>45014</x:v>
+        <x:v>46461</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0">
-        <x:v>45013</x:v>
+        <x:v>45014</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0">
-        <x:v>44980</x:v>
+        <x:v>45013</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0">
-        <x:v>44891</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="s">
+      <x:c r="E10" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E10" s="0" t="s">
+      <x:c r="F10" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F10" s="0" t="s">
+      <x:c r="G10" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0">
-        <x:v>44726</x:v>
+        <x:v>44891</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="H11" s="0" t="s">
+      <x:c r="J11" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0">
-        <x:v>44139</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D12" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E12" s="0" t="s">
+      <x:c r="F12" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F12" s="0" t="s">
+      <x:c r="G12" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G12" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0">
-        <x:v>43838</x:v>
+        <x:v>44139</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0">
-        <x:v>44727</x:v>
+        <x:v>43838</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0">
-        <x:v>41946</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="E15" s="0" t="s">
+      <x:c r="F15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="F15" s="0" t="s">
+      <x:c r="G15" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="G15" s="0" t="s">
+      <x:c r="K15" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0">
-        <x:v>41513</x:v>
+        <x:v>41946</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0">
-        <x:v>41259</x:v>
+        <x:v>41513</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0">
-        <x:v>40559</x:v>
+        <x:v>41259</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0">
-        <x:v>40338</x:v>
+        <x:v>40559</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="I19" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0">
-        <x:v>40258</x:v>
+        <x:v>40338</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0">
-        <x:v>39909</x:v>
+        <x:v>40258</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0">
-        <x:v>26912</x:v>
+        <x:v>39909</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0">
-        <x:v>21871</x:v>
+        <x:v>26912</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0">
-        <x:v>18324</x:v>
+        <x:v>21871</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J24" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="K24" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:11">
+      <x:c r="A25" s="0">
+        <x:v>18324</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C25" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E25" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G25" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="J24" s="0" t="s">
-[...3 lines deleted...]
-        <x:v>127</x:v>
+      <x:c r="J25" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="K25" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>kvalifikacije.xlsx</vt:lpstr>
       <vt:lpstr>kvalifikacije.xlsx!Print_Area</vt:lpstr>
       <vt:lpstr>kvalifikacije.xlsx!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">